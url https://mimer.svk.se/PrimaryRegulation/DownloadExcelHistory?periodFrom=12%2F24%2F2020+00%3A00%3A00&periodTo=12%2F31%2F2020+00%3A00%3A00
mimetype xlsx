--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d3137689f0f4226" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0a4b18d7bf00415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397afe9453b84b1b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbda9c94baa674ae6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="SpreadsheetLight"/>
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Sheet1" sheetId="1" r:id="R7dd8a99d83224d60"/>
+    <x:sheet name="Sheet1" sheetId="1" r:id="R47d80656e27d4b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <x:si>
     <x:t>Period</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-N Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-D upp Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-D ned Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>Publiceringstidpunkt</x:t>
   </x:si>
   <x:si>
     <x:t>Summa</x:t>
   </x:si>
 </x:sst>
@@ -120,51 +120,51 @@
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="12">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7dd8a99d83224d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="R4a5ba45aab844333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f12238e715b47df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9faeb88e73b34e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47d80656e27d4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="R253df21bf15e413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa08277155d45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdca27ef2de1341bf" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="SpreadsheetLight Office">
   <a:themeElements>
     <a:clrScheme name="SpreadsheetLight Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>