--- v1 (2025-12-21)
+++ v2 (2026-02-06)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397afe9453b84b1b" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="Rbda9c94baa674ae6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f5f55ae1704b1a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5e1ea969c7c042fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="SpreadsheetLight"/>
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Sheet1" sheetId="1" r:id="R47d80656e27d4b0a"/>
+    <x:sheet name="Sheet1" sheetId="1" r:id="R7b712f6cf8fa4fa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <x:si>
     <x:t>Period</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-N Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-D upp Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-D ned Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>Publiceringstidpunkt</x:t>
   </x:si>
   <x:si>
     <x:t>Summa</x:t>
   </x:si>
 </x:sst>
@@ -120,51 +120,51 @@
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="12">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R47d80656e27d4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="R253df21bf15e413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa08277155d45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rdca27ef2de1341bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b712f6cf8fa4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="Ra503097ebe764b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83643ebfb2b40f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5babec8b04a4beb" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="SpreadsheetLight Office">
   <a:themeElements>
     <a:clrScheme name="SpreadsheetLight Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>