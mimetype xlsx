--- v2 (2026-02-06)
+++ v3 (2026-03-25)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f5f55ae1704b1a" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R5e1ea969c7c042fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d11cf34f1a646e8" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="R0f7819fe0cc04a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fileVersion appName="SpreadsheetLight"/>
   <x:bookViews>
     <x:workbookView/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Sheet1" sheetId="1" r:id="R7b712f6cf8fa4fa1"/>
+    <x:sheet name="Sheet1" sheetId="1" r:id="Rfe3a0deee5a44ee6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6" uniqueCount="6">
   <x:si>
     <x:t>Period</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-N Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-D upp Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>FCR-D ned Pris (EUR/MW)</x:t>
   </x:si>
   <x:si>
     <x:t>Publiceringstidpunkt</x:t>
   </x:si>
   <x:si>
     <x:t>Summa</x:t>
   </x:si>
 </x:sst>
@@ -120,51 +120,51 @@
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="12">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="4" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
   <x:dxfs count="0"/>
   <x:tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7b712f6cf8fa4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="Ra503097ebe764b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83643ebfb2b40f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf5babec8b04a4beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rfe3a0deee5a44ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="R4fbf268680d54bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21022e0e39084173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R88f80e92bbf740e9" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="SpreadsheetLight Office">
   <a:themeElements>
     <a:clrScheme name="SpreadsheetLight Office">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>